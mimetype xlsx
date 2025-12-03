--- v0 (2025-10-15)
+++ v1 (2025-12-03)
@@ -26,51 +26,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="13">
   <si>
     <t xml:space="preserve">
                                             CÔNG TY TNHH CÔNG NGHỆ QUỐC VIỆT 
                                    Trụ sở: số 21 đường Nguyễn Đức Cảnh - Phường Thành Vinh - Nghệ An
                                    Showroom 2: số 204 đường Lê Duẩn - Phường Trường Vinh - Nghệ An
                                    Điện thoại: 02383.59.5555	       Website: qvc.vn
                                    Hotline CSKH: 096869.1011   	 Hotline bảo hành: 091222.1011
                                    Mã số thuế: 2901425724    	      Email:  quocviet@qvc.vn
                                    Số tài khoản: 0101001057736  Vietcombank chi nhánh Nghệ An</t>
   </si>
   <si>
-    <t>2025-10-15 23:30:31</t>
+    <t>2025-12-03 22:12:40</t>
   </si>
   <si>
     <t xml:space="preserve"> BẢNG BÁO GIÁ THIẾT BỊ  </t>
   </si>
   <si>
     <t>TT</t>
   </si>
   <si>
     <t>Tên thiết bị và vật tư</t>
   </si>
   <si>
     <t>Bảo hành</t>
   </si>
   <si>
     <t>ĐVT</t>
   </si>
   <si>
     <t>Số lượng</t>
   </si>
   <si>
     <t>Đơn giá</t>
   </si>
   <si>
     <t>Thành tiền</t>
   </si>