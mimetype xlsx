--- v1 (2025-12-03)
+++ v2 (2026-01-23)
@@ -26,51 +26,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="13">
   <si>
     <t xml:space="preserve">
                                             CÔNG TY TNHH CÔNG NGHỆ QUỐC VIỆT 
                                    Trụ sở: số 21 đường Nguyễn Đức Cảnh - Phường Thành Vinh - Nghệ An
                                    Showroom 2: số 204 đường Lê Duẩn - Phường Trường Vinh - Nghệ An
                                    Điện thoại: 02383.59.5555	       Website: qvc.vn
                                    Hotline CSKH: 096869.1011   	 Hotline bảo hành: 091222.1011
                                    Mã số thuế: 2901425724    	      Email:  quocviet@qvc.vn
                                    Số tài khoản: 0101001057736  Vietcombank chi nhánh Nghệ An</t>
   </si>
   <si>
-    <t>2025-12-03 22:12:40</t>
+    <t>2026-01-23 19:16:55</t>
   </si>
   <si>
     <t xml:space="preserve"> BẢNG BÁO GIÁ THIẾT BỊ  </t>
   </si>
   <si>
     <t>TT</t>
   </si>
   <si>
     <t>Tên thiết bị và vật tư</t>
   </si>
   <si>
     <t>Bảo hành</t>
   </si>
   <si>
     <t>ĐVT</t>
   </si>
   <si>
     <t>Số lượng</t>
   </si>
   <si>
     <t>Đơn giá</t>
   </si>
   <si>
     <t>Thành tiền</t>
   </si>