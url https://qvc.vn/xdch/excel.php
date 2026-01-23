--- v2 (2026-01-23)
+++ v3 (2026-01-23)
@@ -26,51 +26,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="13">
   <si>
     <t xml:space="preserve">
                                             CÔNG TY TNHH CÔNG NGHỆ QUỐC VIỆT 
                                    Trụ sở: số 21 đường Nguyễn Đức Cảnh - Phường Thành Vinh - Nghệ An
                                    Showroom 2: số 204 đường Lê Duẩn - Phường Trường Vinh - Nghệ An
                                    Điện thoại: 02383.59.5555	       Website: qvc.vn
                                    Hotline CSKH: 096869.1011   	 Hotline bảo hành: 091222.1011
                                    Mã số thuế: 2901425724    	      Email:  quocviet@qvc.vn
                                    Số tài khoản: 0101001057736  Vietcombank chi nhánh Nghệ An</t>
   </si>
   <si>
-    <t>2026-01-23 19:16:55</t>
+    <t>2026-01-23 20:58:49</t>
   </si>
   <si>
     <t xml:space="preserve"> BẢNG BÁO GIÁ THIẾT BỊ  </t>
   </si>
   <si>
     <t>TT</t>
   </si>
   <si>
     <t>Tên thiết bị và vật tư</t>
   </si>
   <si>
     <t>Bảo hành</t>
   </si>
   <si>
     <t>ĐVT</t>
   </si>
   <si>
     <t>Số lượng</t>
   </si>
   <si>
     <t>Đơn giá</t>
   </si>
   <si>
     <t>Thành tiền</t>
   </si>