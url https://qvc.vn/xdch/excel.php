--- v3 (2026-01-23)
+++ v4 (2026-03-09)
@@ -26,51 +26,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="13">
   <si>
     <t xml:space="preserve">
                                             CÔNG TY TNHH CÔNG NGHỆ QUỐC VIỆT 
                                    Trụ sở: số 21 đường Nguyễn Đức Cảnh - Phường Thành Vinh - Nghệ An
                                    Showroom 2: số 204 đường Lê Duẩn - Phường Trường Vinh - Nghệ An
                                    Điện thoại: 02383.59.5555	       Website: qvc.vn
                                    Hotline CSKH: 096869.1011   	 Hotline bảo hành: 091222.1011
                                    Mã số thuế: 2901425724    	      Email:  quocviet@qvc.vn
                                    Số tài khoản: 0101001057736  Vietcombank chi nhánh Nghệ An</t>
   </si>
   <si>
-    <t>2026-01-23 20:58:49</t>
+    <t>2026-03-10 00:43:36</t>
   </si>
   <si>
     <t xml:space="preserve"> BẢNG BÁO GIÁ THIẾT BỊ  </t>
   </si>
   <si>
     <t>TT</t>
   </si>
   <si>
     <t>Tên thiết bị và vật tư</t>
   </si>
   <si>
     <t>Bảo hành</t>
   </si>
   <si>
     <t>ĐVT</t>
   </si>
   <si>
     <t>Số lượng</t>
   </si>
   <si>
     <t>Đơn giá</t>
   </si>
   <si>
     <t>Thành tiền</t>
   </si>